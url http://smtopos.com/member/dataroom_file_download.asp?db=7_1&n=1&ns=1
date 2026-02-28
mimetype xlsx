--- v0 (2025-11-29)
+++ v1 (2026-02-28)
@@ -4,627 +4,633 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes" ?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"  /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"  /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"  /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="HCell" lastEdited="13.0" lowestEdited="13.0" rupBuild="0.711"/>
   <x:workbookPr date1904="0" showBorderUnselectedTables="1" filterPrivacy="0" promptedSolutions="0" showInkAnnotation="1" backupFile="0" saveExternalLinkValues="1" codeName="ThisWorkbook" hidePivotFieldList="0" allowRefreshQuery="0" publishItems="0" checkCompatibility="0" autoCompressPictures="1" refreshAllConnections="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\개인\성모탑정형외과\비급여고지\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <x:bookViews>
-    <x:workbookView xWindow="0" yWindow="0" windowWidth="19875" windowHeight="10830"/>
+    <x:workbookView xWindow="0" yWindow="0" windowWidth="21105" windowHeight="9525"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="sheet 1" sheetId="1" r:id="rId4"/>
   </x:sheets>
   <x:calcPr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" mc:Ignorable="hs" hs:hclCalcId="904"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="189">
+<x:sst xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="191">
+  <x:si>
+    <x:t>도수치료EA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>진료기록영상</x:t>
+  </x:si>
+  <x:si>
+    <x:t>증식치료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR-K009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료EC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MY142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료EB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료ES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR-A002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>최종변경일</x:t>
+  </x:si>
+  <x:si>
+    <x:t>영양제수액</x:t>
+  </x:si>
+  <x:si>
+    <x:t>이학요법료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>근골격계질환</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>수액주사</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR-W004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3. 약제비</x:t>
+  </x:si>
+  <x:si>
+    <x:t>캐스트슈즈</x:t>
+  </x:si>
+  <x:si>
+    <x:t>특이사항</x:t>
+  </x:si>
+  <x:si>
+    <x:t>신장분사치료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SZ084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>사지관절부위</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1. 행위료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MY143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>팔자붕대</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MZ007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2. 치료재료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>최고비용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>최저비용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>의사소견서</x:t>
+  </x:si>
+  <x:si>
+    <x:t>마늘수액키트</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR-E001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MX122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>문정소프트칼라</x:t>
+  </x:si>
+  <x:si>
+    <x:t>초음파검사료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>리메스카</x:t>
+  </x:si>
+  <x:si>
+    <x:t>영문진단서</x:t>
+  </x:si>
+  <x:si>
+    <x:t>드레싱 고정류</x:t>
+  </x:si>
+  <x:si>
+    <x:t>진단명기재</x:t>
+  </x:si>
+  <x:si>
+    <x:t>흉터관리재료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>일반재료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>연조직 재건용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5. 기타</x:t>
+  </x:si>
+  <x:si>
+    <x:t>감초수액키트</x:t>
+  </x:si>
+  <x:si>
+    <x:t>태반수액키트</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.4G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>일반진찰료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>진료의뢰서</x:t>
+  </x:si>
+  <x:si>
+    <x:t>통원확인서</x:t>
+  </x:si>
+  <x:si>
+    <x:t>척추부위</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-5장</x:t>
+  </x:si>
+  <x:si>
+    <x:t>보험회사용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>일반진단서</x:t>
+  </x:si>
+  <x:si>
+    <x:t>진료확인서</x:t>
+  </x:si>
+  <x:si>
+    <x:t>병무용진단서</x:t>
+  </x:si>
+  <x:si>
+    <x:t>의무기록사본</x:t>
+  </x:si>
+  <x:si>
+    <x:t>후유장애진단서</x:t>
+  </x:si>
+  <x:si>
+    <x:t>초음파검사</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6장 이상</x:t>
+  </x:si>
+  <x:si>
+    <x:t>통증수액키트</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CD copy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>리포타손주</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료 55분</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026.02.23.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023.9.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료 25분</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025.11.16.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료 40분</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC1204XY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BM5001VF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>코바(KOBA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료 70분</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BM5001XT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2024.6.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BK7100UC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>베러덤듀얼밸런스크림</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BK7100BL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>압박고정용 치료재료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>멀티비타수액키트</x:t>
+  </x:si>
+  <x:si>
+    <x:t>치매예방수액키트</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ110102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>시간별 차등적용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>증식치료(척추부위)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022.3.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>숙취해소수액키트</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC1214RE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>용량별 차등적용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>처치 및 수술료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ110101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>자착성(탄력)붕대</x:t>
+  </x:si>
+  <x:si>
+    <x:t>치료재료대 포함여부</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR-W132-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>부위별 차등적용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4. 제증명수수료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC1204RE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ090007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ090004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3M COBAN SELF-ADHERENT WRAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3M SOFT CLOTH WITH LINER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>비타벨라프리필드주사(비타민D)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>코박스플루4가PF주 등 유료독감백신</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GW-L1 엘보이엘엠비브레이스</x:t>
+  </x:si>
+  <x:si>
+    <x:t>콤비플렉스엠시티페리주375mL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>티디백신프리필드시린지주(파상풍백신)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INO COLD BANDAGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>의료법 제45조 제1항 및 제2항과 동법 시행규칙 제42조의 제1항, 제2항 및 제3항에 의하여 비급여 진료비용을 고지합니다.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR.MED ANKLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>타수 및 부위별 차등적용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>약제비      포함여부</x:t>
+  </x:si>
+  <x:si>
+    <x:t>프리베나13주(폐렴구균백신)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR.MED WRIST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR.MED ELBOW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>부위 및 시간별 차등적용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>체외충격파치료(근골격계질환)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>의사소견서(청구심사용)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR.MED PATELLA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>히루안주(히알우론산나트륨)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>증식치료(사지관절부위)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>성모탑정형외과 비급여 안내</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DR.MED FINGER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>골밀도검사 (65세 미만)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>조스타박스주(대상포진백신)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>진료비용 등(단위: 원)</x:t>
+  </x:si>
   <x:si>
     <x:t>BM5101LX</x:t>
   </x:si>
   <x:si>
     <x:t>상해진단서(3주이상)</x:t>
   </x:si>
   <x:si>
     <x:t>근로능력평가용 진단서</x:t>
   </x:si>
   <x:si>
+    <x:t>의무기록사본복사</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ020001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC1203YF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ020002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ010000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC1205RE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>상해진단서(3주미만)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BC1218RE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ160000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ070003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ110004</x:t>
+  </x:si>
+  <x:si>
     <x:t>BK7101EA</x:t>
   </x:si>
   <x:si>
     <x:t>BC1219RE</x:t>
   </x:si>
   <x:si>
-    <x:t>BC1203YF</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BC1200YF</x:t>
   </x:si>
   <x:si>
-    <x:t>BC1218RE</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BK7100EN</x:t>
   </x:si>
   <x:si>
-    <x:t>의무기록사본복사</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PDZ010002</x:t>
   </x:si>
   <x:si>
+    <x:t>2022.12.01.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2024.3.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>o59600681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGENSEAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>신데렐라수액키트</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BM2601QQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022.8.5.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDZ080000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022.8.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022.8.15</x:t>
+  </x:si>
+  <x:si>
     <x:t>PDE010001</x:t>
   </x:si>
   <x:si>
+    <x:t>비엠히루니다제주</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022.5.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HC342000</x:t>
+  </x:si>
+  <x:si>
     <x:t>진료비 세부내역서</x:t>
   </x:si>
   <x:si>
-    <x:t>BM2601QQ</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>2022.5.15</x:t>
   </x:si>
   <x:si>
-    <x:t>2022.12.01.</x:t>
-[...77 lines deleted...]
-    <x:t>처치 및 수술료</x:t>
+    <x:t>QTIVE COHESIVE BANDAGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료 70분 + 충격파 1,500타</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료 40분 + 충격파 1.500타</x:t>
+  </x:si>
+  <x:si>
+    <x:t>도수치료 25분 + 충격파 1,500타</x:t>
   </x:si>
   <x:si>
     <x:t>초진, 재진별 차등 적용 (비만 상담 등)</x:t>
   </x:si>
   <x:si>
-    <x:t>QTIVE COHESIVE BANDAGE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>도수치료 55분 + 충격파 1,500타</x:t>
   </x:si>
   <x:si>
-    <x:t>도수치료 70분 + 충격파 1,500타</x:t>
-[...86 lines deleted...]
-    <x:t>의료법 제45조 제1항 및 제2항과 동법 시행규칙 제42조의 제1항, 제2항 및 제3항에 의하여 비급여 진료비용을 고지합니다.</x:t>
+    <x:t>보조기</x:t>
+  </x:si>
+  <x:si>
+    <x:t>픽스롤</x:t>
+  </x:si>
+  <x:si>
+    <x:t>팔걸이</x:t>
+  </x:si>
+  <x:si>
+    <x:t>근골</x:t>
+  </x:si>
+  <x:si>
+    <x:t>목발</x:t>
+  </x:si>
+  <x:si>
+    <x:t>항목</x:t>
+  </x:si>
+  <x:si>
+    <x:t>재발행</x:t>
+  </x:si>
+  <x:si>
+    <x:t>비용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>진찰료</x:t>
+  </x:si>
+  <x:si>
+    <x:t>X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>명칭</x:t>
+  </x:si>
+  <x:si>
+    <x:t>일반</x:t>
+  </x:si>
+  <x:si>
+    <x:t>장당</x:t>
+  </x:si>
+  <x:si>
+    <x:t>환자용</x:t>
+  </x:si>
+  <x:si>
+    <x:t>소분류</x:t>
+  </x:si>
+  <x:si>
+    <x:t>주사료</x:t>
   </x:si>
   <x:si>
     <x:t>O</x:t>
   </x:si>
   <x:si>
+    <x:t>코드</x:t>
+  </x:si>
+  <x:si>
+    <x:t>전규격</x:t>
+  </x:si>
+  <x:si>
+    <x:t>구분</x:t>
+  </x:si>
+  <x:si>
+    <x:t>검사료</x:t>
+  </x:si>
+  <x:si>
     <x:t>중분류</x:t>
   </x:si>
   <x:si>
-    <x:t>코드</x:t>
-[...296 lines deleted...]
-    <x:t>2025.11.16.</x:t>
+    <x:t>리포라제주</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="12">
     <x:font>
       <x:name val="맑은 고딕"/>
       <x:sz val="11"/>
       <x:color rgb="ff000000"/>
     </x:font>
     <x:font>
       <x:name val="맑은 고딕"/>
       <x:sz val="11"/>
       <x:color rgb="ff000000"/>
     </x:font>
     <x:font>
       <x:name val="맑은 고딕"/>
       <x:sz val="11"/>
       <x:color rgb="ff000000"/>
     </x:font>
     <x:font>
       <x:name val="맑은 고딕"/>
       <x:sz val="11"/>
@@ -635,99 +641,82 @@
       <x:sz val="11"/>
       <x:color rgb="ff000000"/>
     </x:font>
     <x:font>
       <x:name val="맑은 고딕"/>
       <x:sz val="11"/>
       <x:color rgb="ff000000"/>
     </x:font>
     <x:font>
       <x:name val="맑은 고딕"/>
       <x:sz val="11"/>
       <x:color rgb="ffffffff"/>
     </x:font>
     <x:font>
       <x:name val="맑은 고딕"/>
       <x:sz val="11"/>
       <x:color rgb="ffffffff"/>
       <x:b val="1"/>
     </x:font>
     <x:font>
       <x:name val="맑은 고딕"/>
       <x:sz val="18"/>
       <x:color rgb="ff000000"/>
       <x:b val="1"/>
     </x:font>
+    <x:font>
+      <x:name val="맑은 고딕"/>
+      <x:sz val="48"/>
+      <x:color rgb="ff1951a0"/>
+      <x:b val="1"/>
+    </x:font>
+    <x:font>
+      <x:name val="맑은 고딕"/>
+      <x:sz val="16"/>
+      <x:color rgb="ff000000"/>
+      <x:b val="1"/>
+    </x:font>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:font hs:extension="1">
           <x:name val="맑은 고딕"/>
-          <x:sz val="48"/>
-[...1 lines deleted...]
-          <x:b val="1"/>
+          <x:sz val="18"/>
+          <x:color rgb="ff000000"/>
           <hs:size val="100"/>
           <hs:ratio val="100"/>
           <hs:spacing val="0"/>
           <hs:offset val="0"/>
         </x:font>
       </mc:Choice>
       <mc:Fallback>
         <x:font>
           <x:name val="맑은 고딕"/>
-          <x:sz val="48"/>
-[...1 lines deleted...]
-          <x:b val="1"/>
+          <x:sz val="18"/>
+          <x:color rgb="ff000000"/>
         </x:font>
       </mc:Fallback>
     </mc:AlternateContent>
-    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...25 lines deleted...]
-    </x:font>
   </x:fonts>
   <x:fills count="5">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="solid">
         <x:fgColor rgb="ff4472c4"/>
         <x:bgColor indexed="64"/>
       </x:patternFill>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="solid">
         <x:fgColor rgb="ff1951a0"/>
         <x:bgColor indexed="64"/>
       </x:patternFill>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="solid">
         <x:fgColor rgb="ffffff00"/>
         <x:bgColor indexed="64"/>
       </x:patternFill>
@@ -1066,50 +1055,64 @@
       <x:top style="thin">
         <x:color rgb="ffffffff"/>
       </x:top>
       <x:bottom>
         <x:color auto="1"/>
       </x:bottom>
     </x:border>
     <x:border>
       <x:left>
         <x:color auto="1"/>
       </x:left>
       <x:right>
         <x:color auto="1"/>
       </x:right>
       <x:top style="thin">
         <x:color rgb="ffffffff"/>
       </x:top>
       <x:bottom>
         <x:color auto="1"/>
       </x:bottom>
     </x:border>
     <x:border>
       <x:left>
         <x:color auto="1"/>
       </x:left>
+      <x:right>
+        <x:color auto="1"/>
+      </x:right>
+      <x:top style="medium">
+        <x:color auto="1"/>
+      </x:top>
+      <x:bottom style="thin">
+        <x:color auto="1"/>
+      </x:bottom>
+    </x:border>
+    <x:border>
+      <x:left>
+        <x:color auto="1"/>
+      </x:left>
       <x:right style="thin">
         <x:color rgb="ffffffff"/>
       </x:right>
       <x:top style="medium">
         <x:color auto="1"/>
       </x:top>
       <x:bottom>
         <x:color auto="1"/>
       </x:bottom>
     </x:border>
     <x:border>
       <x:left>
         <x:color auto="1"/>
       </x:left>
       <x:right>
         <x:color auto="1"/>
       </x:right>
       <x:top>
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
     </x:border>
     <x:border>
@@ -1158,563 +1161,549 @@
       <x:left style="thin">
         <x:color rgb="ffffffff"/>
       </x:left>
       <x:right>
         <x:color auto="1"/>
       </x:right>
       <x:top>
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color rgb="ffffffff"/>
       </x:bottom>
     </x:border>
     <x:border>
       <x:left>
         <x:color auto="1"/>
       </x:left>
       <x:right style="thin">
         <x:color rgb="ffffffff"/>
       </x:right>
       <x:top>
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color rgb="ffffffff"/>
-      </x:bottom>
-[...12 lines deleted...]
-        <x:color auto="1"/>
       </x:bottom>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <x:alignment horizontal="general" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="41" fontId="0" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="6" fillId="2" borderId="0">
       <x:alignment horizontal="general" vertical="center"/>
     </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="86">
+  <x:cellXfs count="80">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <x:alignment horizontal="general" vertical="center"/>
     </x:xf>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...31 lines deleted...]
-        <x:xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...18 lines deleted...]
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...5 lines deleted...]
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="41" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...64 lines deleted...]
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+        <x:xf numFmtId="41" fontId="0" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="41" fontId="0" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...5 lines deleted...]
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1">
       <x:alignment horizontal="general" vertical="center"/>
     </x:xf>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...32 lines deleted...]
-          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...5 lines deleted...]
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...110 lines deleted...]
-          <x:alignment horizontal="center" vertical="center"/>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <x:xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
@@ -1851,441 +1840,363 @@
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...70 lines deleted...]
-        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="3" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...11 lines deleted...]
-      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...58 lines deleted...]
-          <x:alignment horizontal="center" vertical="center"/>
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <x:xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="center"/>
     </x:xf>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...18 lines deleted...]
-        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="28" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="29" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="29" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="29" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...11 lines deleted...]
-      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="30" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="30" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="31" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="31" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+        </x:xf>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
           <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
         </x:xf>
       </mc:Choice>
       <mc:Fallback>
         <x:xf numFmtId="0" fontId="7" fillId="3" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
           <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice xmlns:hs="http://schemas.haansoft.com/office/spreadsheet/8.0" Requires="hs">
-        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" hs:applyExtension="1">
-[...45 lines deleted...]
-          <x:alignment horizontal="center" vertical="center"/>
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1" hs:applyExtension="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
+          <hs:parashape hs:lineSpacingType="betweenLines" hs:lineSpacing="75" hs:breakNonLatinWord="breakWord" hs:breakLatinWord="keepWord" hs:condense="0" hs:textAlignment="baseLine"/>
+        </x:xf>
+      </mc:Choice>
+      <mc:Fallback>
+        <x:xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+          <x:alignment horizontal="center" vertical="center" wrapText="1"/>
         </x:xf>
       </mc:Fallback>
     </mc:AlternateContent>
   </x:cellXfs>
   <x:cellStyles count="3">
     <x:cellStyle name="표준" xfId="0" builtinId="0"/>
     <x:cellStyle name="쉼표 [0]" xfId="1" builtinId="6"/>
     <x:cellStyle name="강조색1" xfId="2" builtinId="29"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes" ?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"  /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"  /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"  /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"  /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -2552,2710 +2463,2732 @@
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr codeName="Sheet1">
     <x:pageSetUpPr autoPageBreaks="1" fitToPage="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:L109"/>
+  <x:dimension ref="A1:L110"/>
   <x:sheetViews>
-    <x:sheetView tabSelected="1" topLeftCell="A7" zoomScale="85" zoomScaleNormal="75" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <x:selection activeCell="I20" activeCellId="0" sqref="I20:I20"/>
+    <x:sheetView tabSelected="1" topLeftCell="A46" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" workbookViewId="0">
+      <x:selection activeCell="A73" activeCellId="0" sqref="A73:L74"/>
     </x:sheetView>
   </x:sheetViews>
-  <x:sheetFormatPr defaultColWidth="9.00390625" defaultRowHeight="16.39999999999999857891"/>
+  <x:sheetFormatPr defaultColWidth="9" defaultRowHeight="16.39999999999999857891"/>
   <x:cols>
     <x:col min="1" max="1" width="14.375" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="13.75" bestFit="1" customWidth="1"/>
-    <x:col min="3" max="3" width="11.375" style="14" customWidth="1"/>
+    <x:col min="3" max="3" width="11.375" style="12" customWidth="1"/>
     <x:col min="4" max="4" width="36.25" customWidth="1"/>
     <x:col min="5" max="5" width="22.375" customWidth="1"/>
     <x:col min="6" max="6" width="9.5" bestFit="1" customWidth="1"/>
     <x:col min="7" max="8" width="9.625" customWidth="1"/>
     <x:col min="9" max="9" width="11.625" customWidth="1"/>
     <x:col min="10" max="10" width="10.125" customWidth="1"/>
     <x:col min="11" max="11" width="40" customWidth="1"/>
     <x:col min="12" max="12" width="12.125" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="30" customHeight="1">
-      <x:c r="A1" s="69" t="s">
-[...12 lines deleted...]
-      <x:c r="L1" s="69"/>
+      <x:c r="A1" s="66" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B1" s="66"/>
+      <x:c r="C1" s="66"/>
+      <x:c r="D1" s="66"/>
+      <x:c r="E1" s="66"/>
+      <x:c r="F1" s="66"/>
+      <x:c r="G1" s="66"/>
+      <x:c r="H1" s="66"/>
+      <x:c r="I1" s="66"/>
+      <x:c r="J1" s="66"/>
+      <x:c r="K1" s="66"/>
+      <x:c r="L1" s="66"/>
     </x:row>
     <x:row r="2" spans="1:12" ht="30" customHeight="1">
-      <x:c r="A2" s="69"/>
-[...10 lines deleted...]
-      <x:c r="L2" s="69"/>
+      <x:c r="A2" s="66"/>
+      <x:c r="B2" s="66"/>
+      <x:c r="C2" s="66"/>
+      <x:c r="D2" s="66"/>
+      <x:c r="E2" s="66"/>
+      <x:c r="F2" s="66"/>
+      <x:c r="G2" s="66"/>
+      <x:c r="H2" s="66"/>
+      <x:c r="I2" s="66"/>
+      <x:c r="J2" s="66"/>
+      <x:c r="K2" s="66"/>
+      <x:c r="L2" s="66"/>
     </x:row>
     <x:row r="3" spans="1:12" ht="30" customHeight="1">
-      <x:c r="A3" s="69"/>
-[...10 lines deleted...]
-      <x:c r="L3" s="69"/>
+      <x:c r="A3" s="66"/>
+      <x:c r="B3" s="66"/>
+      <x:c r="C3" s="66"/>
+      <x:c r="D3" s="66"/>
+      <x:c r="E3" s="66"/>
+      <x:c r="F3" s="66"/>
+      <x:c r="G3" s="66"/>
+      <x:c r="H3" s="66"/>
+      <x:c r="I3" s="66"/>
+      <x:c r="J3" s="66"/>
+      <x:c r="K3" s="66"/>
+      <x:c r="L3" s="66"/>
     </x:row>
     <x:row r="4" spans="1:12" ht="30" customHeight="1">
-      <x:c r="A4" s="70" t="s">
-[...12 lines deleted...]
-      <x:c r="L4" s="70"/>
+      <x:c r="A4" s="67" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B4" s="67"/>
+      <x:c r="C4" s="67"/>
+      <x:c r="D4" s="67"/>
+      <x:c r="E4" s="67"/>
+      <x:c r="F4" s="67"/>
+      <x:c r="G4" s="67"/>
+      <x:c r="H4" s="67"/>
+      <x:c r="I4" s="67"/>
+      <x:c r="J4" s="67"/>
+      <x:c r="K4" s="67"/>
+      <x:c r="L4" s="67"/>
     </x:row>
     <x:row r="5" spans="1:12" ht="24.94999999999999928946" customHeight="1">
       <x:c r="A5" s="39" t="s">
-        <x:v>132</x:v>
-[...11 lines deleted...]
-      <x:c r="L5" s="71"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B5" s="68"/>
+      <x:c r="C5" s="68"/>
+      <x:c r="D5" s="68"/>
+      <x:c r="E5" s="68"/>
+      <x:c r="F5" s="68"/>
+      <x:c r="G5" s="68"/>
+      <x:c r="H5" s="68"/>
+      <x:c r="I5" s="68"/>
+      <x:c r="J5" s="68"/>
+      <x:c r="K5" s="68"/>
+      <x:c r="L5" s="68"/>
     </x:row>
     <x:row r="6" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A6" s="72"/>
-[...10 lines deleted...]
-      <x:c r="L6" s="72"/>
+      <x:c r="A6" s="69"/>
+      <x:c r="B6" s="69"/>
+      <x:c r="C6" s="69"/>
+      <x:c r="D6" s="69"/>
+      <x:c r="E6" s="69"/>
+      <x:c r="F6" s="69"/>
+      <x:c r="G6" s="69"/>
+      <x:c r="H6" s="69"/>
+      <x:c r="I6" s="69"/>
+      <x:c r="J6" s="69"/>
+      <x:c r="K6" s="69"/>
+      <x:c r="L6" s="69"/>
     </x:row>
     <x:row r="7" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A7" s="73" t="s">
-[...20 lines deleted...]
-      <x:c r="L7" s="82" t="s">
+      <x:c r="A7" s="70" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B7" s="72" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C7" s="74" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D7" s="75"/>
+      <x:c r="E7" s="76" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F7" s="77"/>
+      <x:c r="G7" s="77"/>
+      <x:c r="H7" s="77"/>
+      <x:c r="I7" s="77"/>
+      <x:c r="J7" s="78"/>
+      <x:c r="K7" s="72" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L7" s="79" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:12" ht="45" customHeight="1">
+      <x:c r="A8" s="71"/>
+      <x:c r="B8" s="73"/>
+      <x:c r="C8" s="7" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D8" s="7" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E8" s="7" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F8" s="7" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="G8" s="7" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H8" s="7" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="I8" s="7" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="J8" s="8" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="K8" s="73"/>
+      <x:c r="L8" s="79"/>
+    </x:row>
+    <x:row r="9" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A9" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F9" s="13"/>
+      <x:c r="G9" s="21">
+        <x:v>95000</x:v>
+      </x:c>
+      <x:c r="H9" s="21">
+        <x:v>295000</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J9" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K9" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L9" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A10" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D10" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E10" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F10" s="13">
+        <x:v>295000</x:v>
+      </x:c>
+      <x:c r="G10" s="21"/>
+      <x:c r="H10" s="21"/>
+      <x:c r="I10" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J10" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K10" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L10" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A11" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F11" s="13">
+        <x:v>245000</x:v>
+      </x:c>
+      <x:c r="G11" s="21"/>
+      <x:c r="H11" s="21"/>
+      <x:c r="I11" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J11" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K11" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L11" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A12" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F12" s="13">
+        <x:v>245000</x:v>
+      </x:c>
+      <x:c r="G12" s="21"/>
+      <x:c r="H12" s="21"/>
+      <x:c r="I12" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K12" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L12" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A13" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F13" s="13">
+        <x:v>195000</x:v>
+      </x:c>
+      <x:c r="G13" s="21"/>
+      <x:c r="H13" s="21"/>
+      <x:c r="I13" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J13" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K13" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L13" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A14" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="F14" s="13">
+        <x:v>195000</x:v>
+      </x:c>
+      <x:c r="G14" s="21"/>
+      <x:c r="H14" s="21"/>
+      <x:c r="I14" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K14" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L14" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A15" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F15" s="13">
+        <x:v>145000</x:v>
+      </x:c>
+      <x:c r="G15" s="21"/>
+      <x:c r="H15" s="21"/>
+      <x:c r="I15" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K15" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L15" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A16" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F16" s="13">
+        <x:v>145000</x:v>
+      </x:c>
+      <x:c r="G16" s="21"/>
+      <x:c r="H16" s="21"/>
+      <x:c r="I16" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K16" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L16" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A17" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F17" s="13">
+        <x:v>95000</x:v>
+      </x:c>
+      <x:c r="G17" s="21"/>
+      <x:c r="H17" s="21"/>
+      <x:c r="I17" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K17" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="L17" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A18" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="D18" s="31" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F18" s="13"/>
+      <x:c r="G18" s="21">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="H18" s="21">
+        <x:v>150000</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="L18" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A19" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F19" s="13"/>
+      <x:c r="G19" s="21">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="H19" s="21">
+        <x:v>150000</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K19" s="9" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="L19" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A20" s="11" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F20" s="13"/>
+      <x:c r="G20" s="21">
+        <x:v>20000</x:v>
+      </x:c>
+      <x:c r="H20" s="21">
+        <x:v>200000</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K20" s="9" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="L20" s="6" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A21" s="11" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B21" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-    </x:row>
-[...215 lines deleted...]
-      <x:c r="E14" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F21" s="13"/>
+      <x:c r="G21" s="21">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="H21" s="21">
+        <x:v>150000</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K21" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F14" s="15">
-[...260 lines deleted...]
-        <x:v>41</x:v>
+      <x:c r="L21" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A22" s="13" t="s">
-        <x:v>107</x:v>
+      <x:c r="A22" s="11" t="s">
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C22" s="1"/>
       <x:c r="D22" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>173</x:v>
-[...2 lines deleted...]
-      <x:c r="G22" s="24">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F22" s="13"/>
+      <x:c r="G22" s="21">
         <x:v>10000</x:v>
       </x:c>
-      <x:c r="H22" s="24">
+      <x:c r="H22" s="21">
         <x:v>30000</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="L22" s="6" t="s">
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A23" s="13" t="s">
-        <x:v>92</x:v>
+      <x:c r="A23" s="11" t="s">
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C23" s="1"/>
       <x:c r="D23" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-      <x:c r="G23" s="24">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F23" s="13"/>
+      <x:c r="G23" s="21">
         <x:v>20000</x:v>
       </x:c>
-      <x:c r="H23" s="24">
-        <x:v>100000</x:v>
+      <x:c r="H23" s="21">
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="K23" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="J23" s="1" t="s">
-[...6 lines deleted...]
-        <x:v>41</x:v>
+      <x:c r="L23" s="32" t="s">
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A24" s="17" t="s">
-[...16 lines deleted...]
-      <x:c r="H24" s="19"/>
+      <x:c r="A24" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B24" s="15" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C24" s="15"/>
+      <x:c r="D24" s="15" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E24" s="15" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F24" s="21">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="G24" s="16"/>
+      <x:c r="H24" s="16"/>
       <x:c r="I24" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K24" s="17"/>
+      <x:c r="L24" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A25" s="13" t="s">
-        <x:v>101</x:v>
+      <x:c r="A25" s="11" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C25" s="1"/>
       <x:c r="D25" s="1" t="s">
-        <x:v>153</x:v>
-[...17 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E25" s="15" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F25" s="21">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="G25" s="2"/>
+      <x:c r="H25" s="2"/>
+      <x:c r="I25" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K25" s="9"/>
+      <x:c r="L25" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A26" s="13" t="s">
-        <x:v>101</x:v>
+      <x:c r="A26" s="11" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C26" s="1"/>
       <x:c r="D26" s="1" t="s">
-        <x:v>37</x:v>
-[...8 lines deleted...]
-      <x:c r="H26" s="3"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E26" s="15" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F26" s="21">
+        <x:v>20000</x:v>
+      </x:c>
+      <x:c r="G26" s="2"/>
+      <x:c r="H26" s="2"/>
       <x:c r="I26" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K26" s="9"/>
+      <x:c r="L26" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A27" s="13" t="s">
-        <x:v>101</x:v>
+      <x:c r="A27" s="11" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C27" s="1"/>
       <x:c r="D27" s="1" t="s">
-        <x:v>36</x:v>
-[...17 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E27" s="15" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F27" s="21">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="G27" s="2"/>
+      <x:c r="H27" s="2"/>
+      <x:c r="I27" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K27" s="9"/>
+      <x:c r="L27" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A28" s="13" t="s">
-        <x:v>101</x:v>
+      <x:c r="A28" s="11" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C28" s="1"/>
       <x:c r="D28" s="1" t="s">
-        <x:v>35</x:v>
-[...8 lines deleted...]
-      <x:c r="H28" s="3"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E28" s="15" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F28" s="21">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="G28" s="2"/>
+      <x:c r="H28" s="2"/>
       <x:c r="I28" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>87</x:v>
-[...3 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K28" s="9"/>
+      <x:c r="L28" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A29" s="13" t="s">
-        <x:v>101</x:v>
+      <x:c r="A29" s="11" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C29" s="1"/>
       <x:c r="D29" s="1" t="s">
-        <x:v>40</x:v>
-[...17 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E29" s="15" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F29" s="21">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="G29" s="2"/>
+      <x:c r="H29" s="2"/>
+      <x:c r="I29" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K29" s="9"/>
+      <x:c r="L29" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A30" s="13" t="s">
-        <x:v>101</x:v>
+      <x:c r="A30" s="11" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C30" s="1"/>
       <x:c r="D30" s="1" t="s">
-        <x:v>143</x:v>
-[...17 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E30" s="15" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F30" s="21">
+        <x:v>15000</x:v>
+      </x:c>
+      <x:c r="G30" s="2"/>
+      <x:c r="H30" s="2"/>
+      <x:c r="I30" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K30" s="9"/>
+      <x:c r="L30" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A31" s="13" t="s">
-        <x:v>101</x:v>
+      <x:c r="A31" s="11" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C31" s="1"/>
       <x:c r="D31" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>141</x:v>
-[...7 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F31" s="21">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="G31" s="2"/>
+      <x:c r="H31" s="2"/>
+      <x:c r="I31" s="1" t="s">
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="K31" s="1"/>
-      <x:c r="L31" s="7" t="s">
-        <x:v>41</x:v>
+      <x:c r="L31" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A32" s="83"/>
-[...10 lines deleted...]
-      <x:c r="L32" s="83"/>
+      <x:c r="A32" s="61"/>
+      <x:c r="B32" s="61"/>
+      <x:c r="C32" s="61"/>
+      <x:c r="D32" s="61"/>
+      <x:c r="E32" s="61"/>
+      <x:c r="F32" s="61"/>
+      <x:c r="G32" s="61"/>
+      <x:c r="H32" s="61"/>
+      <x:c r="I32" s="61"/>
+      <x:c r="J32" s="61"/>
+      <x:c r="K32" s="61"/>
+      <x:c r="L32" s="61"/>
     </x:row>
     <x:row r="33" spans="1:12" ht="24.94999999999999928946" customHeight="1">
       <x:c r="A33" s="39" t="s">
-        <x:v>131</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="39"/>
       <x:c r="C33" s="39"/>
       <x:c r="D33" s="39"/>
       <x:c r="E33" s="39"/>
       <x:c r="F33" s="39"/>
       <x:c r="G33" s="39"/>
       <x:c r="H33" s="39"/>
       <x:c r="I33" s="39"/>
       <x:c r="J33" s="39"/>
       <x:c r="K33" s="39"/>
       <x:c r="L33" s="39"/>
     </x:row>
     <x:row r="34" spans="1:12" ht="24.94999999999999928946" customHeight="1">
       <x:c r="A34" s="40"/>
       <x:c r="B34" s="40"/>
       <x:c r="C34" s="40"/>
       <x:c r="D34" s="40"/>
       <x:c r="E34" s="40"/>
       <x:c r="F34" s="40"/>
       <x:c r="G34" s="40"/>
       <x:c r="H34" s="40"/>
       <x:c r="I34" s="40"/>
       <x:c r="J34" s="40"/>
       <x:c r="K34" s="40"/>
       <x:c r="L34" s="40"/>
     </x:row>
     <x:row r="35" spans="1:12" ht="30" customHeight="1">
-      <x:c r="A35" s="60" t="s">
-[...2 lines deleted...]
-      <x:c r="B35" s="61"/>
+      <x:c r="A35" s="62" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B35" s="63"/>
       <x:c r="C35" s="43" t="s">
-        <x:v>100</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D35" s="42"/>
       <x:c r="E35" s="43" t="s">
-        <x:v>76</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F35" s="41"/>
       <x:c r="G35" s="41"/>
       <x:c r="H35" s="41"/>
       <x:c r="I35" s="41"/>
       <x:c r="J35" s="42"/>
       <x:c r="K35" s="44" t="s">
-        <x:v>128</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L35" s="46" t="s">
-        <x:v>117</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="30" customHeight="1">
-      <x:c r="A36" s="62"/>
-[...11 lines deleted...]
-        <x:v>93</x:v>
+      <x:c r="A36" s="64"/>
+      <x:c r="B36" s="65"/>
+      <x:c r="C36" s="10" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D36" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F36" s="5" t="s">
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G36" s="50" t="s">
-        <x:v>127</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H36" s="49"/>
       <x:c r="I36" s="50" t="s">
-        <x:v>130</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="J36" s="49"/>
       <x:c r="K36" s="45"/>
       <x:c r="L36" s="47"/>
     </x:row>
     <x:row r="37" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A37" s="54" t="s">
-[...6 lines deleted...]
-      <x:c r="D37" s="8" t="s">
+      <x:c r="A37" s="33" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B37" s="33"/>
+      <x:c r="C37" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F37" s="21">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="G37" s="55"/>
+      <x:c r="H37" s="56"/>
+      <x:c r="I37" s="57"/>
+      <x:c r="J37" s="58"/>
+      <x:c r="K37" s="1"/>
+      <x:c r="L37" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A38" s="33" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B38" s="33"/>
+      <x:c r="C38" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F38" s="21">
+        <x:v>40000</x:v>
+      </x:c>
+      <x:c r="G38" s="55"/>
+      <x:c r="H38" s="56"/>
+      <x:c r="I38" s="57"/>
+      <x:c r="J38" s="58"/>
+      <x:c r="K38" s="1"/>
+      <x:c r="L38" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A39" s="33" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B39" s="33"/>
+      <x:c r="C39" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F39" s="21">
+        <x:v>25000</x:v>
+      </x:c>
+      <x:c r="G39" s="55"/>
+      <x:c r="H39" s="56"/>
+      <x:c r="I39" s="55"/>
+      <x:c r="J39" s="56"/>
+      <x:c r="K39" s="1"/>
+      <x:c r="L39" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A40" s="33" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B40" s="33"/>
+      <x:c r="C40" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F40" s="21">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="G40" s="55"/>
+      <x:c r="H40" s="56"/>
+      <x:c r="I40" s="57"/>
+      <x:c r="J40" s="58"/>
+      <x:c r="K40" s="1"/>
+      <x:c r="L40" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A41" s="33" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B41" s="34"/>
+      <x:c r="C41" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="F41" s="21"/>
+      <x:c r="G41" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H41" s="56"/>
+      <x:c r="I41" s="60">
+        <x:v>5000</x:v>
+      </x:c>
+      <x:c r="J41" s="58"/>
+      <x:c r="K41" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="L41" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A42" s="33" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B42" s="34"/>
+      <x:c r="C42" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F42" s="21"/>
+      <x:c r="G42" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H42" s="56"/>
+      <x:c r="I42" s="60">
+        <x:v>9000</x:v>
+      </x:c>
+      <x:c r="J42" s="58"/>
+      <x:c r="K42" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="L42" s="6" t="s">
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A43" s="33" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B43" s="34"/>
+      <x:c r="C43" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="E37" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="F37" s="25">
+      <x:c r="D43" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F43" s="21">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="G43" s="36"/>
+      <x:c r="H43" s="56"/>
+      <x:c r="I43" s="60"/>
+      <x:c r="J43" s="58"/>
+      <x:c r="K43" s="1"/>
+      <x:c r="L43" s="6" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A44" s="33" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B44" s="33"/>
+      <x:c r="C44" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F44" s="21">
+        <x:v>27000</x:v>
+      </x:c>
+      <x:c r="G44" s="36"/>
+      <x:c r="H44" s="56"/>
+      <x:c r="I44" s="60"/>
+      <x:c r="J44" s="58"/>
+      <x:c r="K44" s="1"/>
+      <x:c r="L44" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A45" s="33" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B45" s="33"/>
+      <x:c r="C45" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F45" s="21">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="G45" s="36"/>
+      <x:c r="H45" s="56"/>
+      <x:c r="I45" s="60"/>
+      <x:c r="J45" s="58"/>
+      <x:c r="K45" s="1"/>
+      <x:c r="L45" s="6" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A46" s="33" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B46" s="34"/>
+      <x:c r="C46" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F46" s="21">
+        <x:v>150000</x:v>
+      </x:c>
+      <x:c r="G46" s="55"/>
+      <x:c r="H46" s="56"/>
+      <x:c r="I46" s="57"/>
+      <x:c r="J46" s="58"/>
+      <x:c r="K46" s="1"/>
+      <x:c r="L46" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A47" s="33" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B47" s="34"/>
+      <x:c r="C47" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F47" s="21">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="G47" s="55"/>
+      <x:c r="H47" s="56"/>
+      <x:c r="I47" s="57"/>
+      <x:c r="J47" s="58"/>
+      <x:c r="K47" s="1"/>
+      <x:c r="L47" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A48" s="33" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B48" s="34"/>
+      <x:c r="C48" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F48" s="21">
         <x:v>25000</x:v>
       </x:c>
-      <x:c r="G37" s="65"/>
-[...48 lines deleted...]
-      <x:c r="F39" s="25">
+      <x:c r="G48" s="55"/>
+      <x:c r="H48" s="56"/>
+      <x:c r="I48" s="57"/>
+      <x:c r="J48" s="58"/>
+      <x:c r="K48" s="1"/>
+      <x:c r="L48" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A49" s="22"/>
+      <x:c r="B49" s="11" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F49" s="21">
+        <x:v>150000</x:v>
+      </x:c>
+      <x:c r="G49" s="26"/>
+      <x:c r="H49" s="27"/>
+      <x:c r="I49" s="28"/>
+      <x:c r="J49" s="29"/>
+      <x:c r="K49" s="1"/>
+      <x:c r="L49" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A50" s="22"/>
+      <x:c r="B50" s="11" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F50" s="21">
+        <x:v>38000</x:v>
+      </x:c>
+      <x:c r="G50" s="26"/>
+      <x:c r="H50" s="27"/>
+      <x:c r="I50" s="28"/>
+      <x:c r="J50" s="29"/>
+      <x:c r="K50" s="1"/>
+      <x:c r="L50" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A51" s="22"/>
+      <x:c r="B51" s="11" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F51" s="21">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="G51" s="26"/>
+      <x:c r="H51" s="27"/>
+      <x:c r="I51" s="28"/>
+      <x:c r="J51" s="29"/>
+      <x:c r="K51" s="1"/>
+      <x:c r="L51" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A52" s="22"/>
+      <x:c r="B52" s="11" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F52" s="21">
+        <x:v>54000</x:v>
+      </x:c>
+      <x:c r="G52" s="26"/>
+      <x:c r="H52" s="27"/>
+      <x:c r="I52" s="28"/>
+      <x:c r="J52" s="29"/>
+      <x:c r="K52" s="1"/>
+      <x:c r="L52" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A53" s="33" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B53" s="34"/>
+      <x:c r="C53" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F53" s="21">
         <x:v>25000</x:v>
       </x:c>
-      <x:c r="G39" s="65"/>
-[...22 lines deleted...]
-      <x:c r="F40" s="25">
+      <x:c r="G53" s="55"/>
+      <x:c r="H53" s="56"/>
+      <x:c r="I53" s="57"/>
+      <x:c r="J53" s="58"/>
+      <x:c r="K53" s="1"/>
+      <x:c r="L53" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A54" s="33" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B54" s="33"/>
+      <x:c r="C54" s="1"/>
+      <x:c r="D54" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F54" s="21">
+        <x:v>20000</x:v>
+      </x:c>
+      <x:c r="G54" s="55"/>
+      <x:c r="H54" s="56"/>
+      <x:c r="I54" s="57"/>
+      <x:c r="J54" s="58"/>
+      <x:c r="K54" s="1"/>
+      <x:c r="L54" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A55" s="33" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B55" s="34"/>
+      <x:c r="C55" s="1"/>
+      <x:c r="D55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F55" s="21">
+        <x:v>13000</x:v>
+      </x:c>
+      <x:c r="G55" s="55"/>
+      <x:c r="H55" s="56"/>
+      <x:c r="I55" s="57"/>
+      <x:c r="J55" s="58"/>
+      <x:c r="K55" s="1"/>
+      <x:c r="L55" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A56" s="33" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B56" s="34"/>
+      <x:c r="C56" s="1"/>
+      <x:c r="D56" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="F56" s="21">
         <x:v>10000</x:v>
       </x:c>
-      <x:c r="G40" s="65"/>
-[...423 lines deleted...]
-        <x:v>41</x:v>
+      <x:c r="G56" s="55"/>
+      <x:c r="H56" s="56"/>
+      <x:c r="I56" s="57"/>
+      <x:c r="J56" s="58"/>
+      <x:c r="K56" s="1"/>
+      <x:c r="L56" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A57" s="84"/>
-[...10 lines deleted...]
-      <x:c r="L57" s="84"/>
+      <x:c r="A57" s="59"/>
+      <x:c r="B57" s="59"/>
+      <x:c r="C57" s="59"/>
+      <x:c r="D57" s="59"/>
+      <x:c r="E57" s="59"/>
+      <x:c r="F57" s="59"/>
+      <x:c r="G57" s="59"/>
+      <x:c r="H57" s="59"/>
+      <x:c r="I57" s="59"/>
+      <x:c r="J57" s="59"/>
+      <x:c r="K57" s="59"/>
+      <x:c r="L57" s="59"/>
     </x:row>
     <x:row r="58" spans="1:12" ht="24.94999999999999928946" customHeight="1">
       <x:c r="A58" s="39" t="s">
-        <x:v>133</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B58" s="39"/>
       <x:c r="C58" s="39"/>
       <x:c r="D58" s="39"/>
       <x:c r="E58" s="39"/>
       <x:c r="F58" s="39"/>
       <x:c r="G58" s="39"/>
       <x:c r="H58" s="39"/>
       <x:c r="I58" s="39"/>
       <x:c r="J58" s="39"/>
       <x:c r="K58" s="39"/>
       <x:c r="L58" s="39"/>
     </x:row>
     <x:row r="59" spans="1:12" ht="24.94999999999999928946" customHeight="1">
       <x:c r="A59" s="40"/>
       <x:c r="B59" s="40"/>
       <x:c r="C59" s="40"/>
       <x:c r="D59" s="40"/>
       <x:c r="E59" s="40"/>
       <x:c r="F59" s="40"/>
       <x:c r="G59" s="40"/>
       <x:c r="H59" s="40"/>
       <x:c r="I59" s="40"/>
       <x:c r="J59" s="40"/>
       <x:c r="K59" s="40"/>
       <x:c r="L59" s="40"/>
     </x:row>
     <x:row r="60" spans="1:12" ht="30" customHeight="1">
       <x:c r="A60" s="41" t="s">
-        <x:v>100</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B60" s="41"/>
       <x:c r="C60" s="41"/>
       <x:c r="D60" s="42"/>
       <x:c r="E60" s="43" t="s">
-        <x:v>76</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F60" s="41"/>
       <x:c r="G60" s="41"/>
       <x:c r="H60" s="41"/>
       <x:c r="I60" s="41"/>
       <x:c r="J60" s="42"/>
       <x:c r="K60" s="44" t="s">
-        <x:v>128</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="L60" s="46" t="s">
-        <x:v>117</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="30" customHeight="1">
       <x:c r="A61" s="48" t="s">
-        <x:v>89</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B61" s="49"/>
       <x:c r="C61" s="50" t="s">
-        <x:v>99</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D61" s="49"/>
       <x:c r="E61" s="51" t="s">
-        <x:v>93</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F61" s="52"/>
       <x:c r="G61" s="52"/>
       <x:c r="H61" s="52"/>
       <x:c r="I61" s="52"/>
       <x:c r="J61" s="53"/>
       <x:c r="K61" s="45"/>
       <x:c r="L61" s="47"/>
     </x:row>
     <x:row r="62" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A62" s="54">
+      <x:c r="A62" s="33">
         <x:v>653403901</x:v>
       </x:c>
-      <x:c r="B62" s="55"/>
-[...4 lines deleted...]
-      <x:c r="E62" s="57">
+      <x:c r="B62" s="34"/>
+      <x:c r="C62" s="35" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D62" s="34"/>
+      <x:c r="E62" s="36">
         <x:v>30000</x:v>
       </x:c>
-      <x:c r="F62" s="58"/>
-[...6 lines deleted...]
-        <x:v>41</x:v>
+      <x:c r="F62" s="37"/>
+      <x:c r="G62" s="37"/>
+      <x:c r="H62" s="37"/>
+      <x:c r="I62" s="37"/>
+      <x:c r="J62" s="38"/>
+      <x:c r="K62" s="1"/>
+      <x:c r="L62" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A63" s="54">
+      <x:c r="A63" s="33">
         <x:v>648902270</x:v>
       </x:c>
-      <x:c r="B63" s="55"/>
-[...4 lines deleted...]
-      <x:c r="E63" s="57">
+      <x:c r="B63" s="34"/>
+      <x:c r="C63" s="35" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D63" s="34"/>
+      <x:c r="E63" s="36">
         <x:v>130000</x:v>
       </x:c>
-      <x:c r="F63" s="58"/>
-[...6 lines deleted...]
-        <x:v>41</x:v>
+      <x:c r="F63" s="37"/>
+      <x:c r="G63" s="37"/>
+      <x:c r="H63" s="37"/>
+      <x:c r="I63" s="37"/>
+      <x:c r="J63" s="38"/>
+      <x:c r="K63" s="1"/>
+      <x:c r="L63" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A64" s="54">
+      <x:c r="A64" s="33">
         <x:v>655500900</x:v>
       </x:c>
-      <x:c r="B64" s="55"/>
-[...4 lines deleted...]
-      <x:c r="E64" s="57">
+      <x:c r="B64" s="34"/>
+      <x:c r="C64" s="35" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D64" s="34"/>
+      <x:c r="E64" s="36">
         <x:v>170000</x:v>
       </x:c>
-      <x:c r="F64" s="58"/>
-[...6 lines deleted...]
-        <x:v>41</x:v>
+      <x:c r="F64" s="37"/>
+      <x:c r="G64" s="37"/>
+      <x:c r="H64" s="37"/>
+      <x:c r="I64" s="37"/>
+      <x:c r="J64" s="38"/>
+      <x:c r="K64" s="1"/>
+      <x:c r="L64" s="6" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A65" s="28"/>
-      <x:c r="B65" s="27">
+      <x:c r="A65" s="22"/>
+      <x:c r="B65" s="11">
         <x:v>647400361</x:v>
       </x:c>
-      <x:c r="C65" s="29"/>
-[...5 lines deleted...]
-      <x:c r="G65" s="31">
+      <x:c r="C65" s="6"/>
+      <x:c r="D65" s="30" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E65" s="23"/>
+      <x:c r="F65" s="24"/>
+      <x:c r="G65" s="24">
         <x:v>25000</x:v>
       </x:c>
-      <x:c r="H65" s="31"/>
-[...4 lines deleted...]
-        <x:v>34</x:v>
+      <x:c r="H65" s="24"/>
+      <x:c r="I65" s="24"/>
+      <x:c r="J65" s="25"/>
+      <x:c r="K65" s="1"/>
+      <x:c r="L65" s="6" t="s">
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="24.94999999999999928946" customHeight="1">
-      <x:c r="A66" s="28"/>
-[...4 lines deleted...]
-      <x:c r="D66" s="27" t="s">
+      <x:c r="A66" s="22"/>
+      <x:c r="B66" s="11" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C66" s="6"/>
+      <x:c r="D66" s="11" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E66" s="23"/>
+      <x:c r="F66" s="24"/>
+      <x:c r="G66" s="24">
+        <x:v>60000</x:v>
+      </x:c>
+      <x:c r="H66" s="24"/>
+      <x:c r="I66" s="24"/>
+      <x:c r="J66" s="25"/>
+      <x:c r="K66" s="1"/>
+      <x:c r="L66" s="6" t="s">
+        <x:v>147</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A67" s="33">
+        <x:v>643605311</x:v>
+      </x:c>
+      <x:c r="B67" s="34"/>
+      <x:c r="C67" s="35" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D67" s="34"/>
+      <x:c r="E67" s="36">
+        <x:v>65000</x:v>
+      </x:c>
+      <x:c r="F67" s="37"/>
+      <x:c r="G67" s="37"/>
+      <x:c r="H67" s="37"/>
+      <x:c r="I67" s="37"/>
+      <x:c r="J67" s="38"/>
+      <x:c r="K67" s="1"/>
+      <x:c r="L67" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A68" s="33">
+        <x:v>668901281</x:v>
+      </x:c>
+      <x:c r="B68" s="34"/>
+      <x:c r="C68" s="35" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D68" s="34"/>
+      <x:c r="E68" s="36">
+        <x:v>45000</x:v>
+      </x:c>
+      <x:c r="F68" s="37"/>
+      <x:c r="G68" s="37"/>
+      <x:c r="H68" s="37"/>
+      <x:c r="I68" s="37"/>
+      <x:c r="J68" s="38"/>
+      <x:c r="K68" s="1"/>
+      <x:c r="L68" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A69" s="22"/>
+      <x:c r="B69" s="11">
+        <x:v>678900850</x:v>
+      </x:c>
+      <x:c r="C69" s="6"/>
+      <x:c r="D69" s="11" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E69" s="23"/>
+      <x:c r="F69" s="24"/>
+      <x:c r="G69" s="24">
+        <x:v>50000</x:v>
+      </x:c>
+      <x:c r="H69" s="24"/>
+      <x:c r="I69" s="24"/>
+      <x:c r="J69" s="25"/>
+      <x:c r="K69" s="1"/>
+      <x:c r="L69" s="6" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:12" customFormat="1" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A70" s="22"/>
+      <x:c r="B70" s="11">
+        <x:v>669904601</x:v>
+      </x:c>
+      <x:c r="C70" s="6"/>
+      <x:c r="D70" s="11" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E70" s="23"/>
+      <x:c r="F70" s="24"/>
+      <x:c r="G70" s="24">
+        <x:v>100000</x:v>
+      </x:c>
+      <x:c r="H70" s="24"/>
+      <x:c r="I70" s="24"/>
+      <x:c r="J70" s="25"/>
+      <x:c r="K70" s="1"/>
+      <x:c r="L70" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A71" s="33">
+        <x:v>654801741</x:v>
+      </x:c>
+      <x:c r="B71" s="34"/>
+      <x:c r="C71" s="35" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D71" s="34"/>
+      <x:c r="E71" s="36">
+        <x:v>100000</x:v>
+      </x:c>
+      <x:c r="F71" s="37"/>
+      <x:c r="G71" s="37"/>
+      <x:c r="H71" s="37"/>
+      <x:c r="I71" s="37"/>
+      <x:c r="J71" s="38"/>
+      <x:c r="K71" s="1"/>
+      <x:c r="L71" s="6" t="s">
+        <x:v>154</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A72" s="54"/>
+      <x:c r="B72" s="54"/>
+      <x:c r="C72" s="54"/>
+      <x:c r="D72" s="54"/>
+      <x:c r="E72" s="54"/>
+      <x:c r="F72" s="54"/>
+      <x:c r="G72" s="54"/>
+      <x:c r="H72" s="54"/>
+      <x:c r="I72" s="54"/>
+      <x:c r="J72" s="54"/>
+      <x:c r="K72" s="54"/>
+      <x:c r="L72" s="54"/>
+    </x:row>
+    <x:row r="73" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A73" s="39" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B73" s="39"/>
+      <x:c r="C73" s="39"/>
+      <x:c r="D73" s="39"/>
+      <x:c r="E73" s="39"/>
+      <x:c r="F73" s="39"/>
+      <x:c r="G73" s="39"/>
+      <x:c r="H73" s="39"/>
+      <x:c r="I73" s="39"/>
+      <x:c r="J73" s="39"/>
+      <x:c r="K73" s="39"/>
+      <x:c r="L73" s="39"/>
+    </x:row>
+    <x:row r="74" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A74" s="40"/>
+      <x:c r="B74" s="40"/>
+      <x:c r="C74" s="40"/>
+      <x:c r="D74" s="40"/>
+      <x:c r="E74" s="40"/>
+      <x:c r="F74" s="40"/>
+      <x:c r="G74" s="40"/>
+      <x:c r="H74" s="40"/>
+      <x:c r="I74" s="40"/>
+      <x:c r="J74" s="40"/>
+      <x:c r="K74" s="40"/>
+      <x:c r="L74" s="40"/>
+    </x:row>
+    <x:row r="75" spans="1:12" ht="30" customHeight="1">
+      <x:c r="A75" s="41" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B75" s="41"/>
+      <x:c r="C75" s="41"/>
+      <x:c r="D75" s="42"/>
+      <x:c r="E75" s="43" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F75" s="41"/>
+      <x:c r="G75" s="41"/>
+      <x:c r="H75" s="41"/>
+      <x:c r="I75" s="41"/>
+      <x:c r="J75" s="42"/>
+      <x:c r="K75" s="44" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L75" s="46" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:12" ht="30" customHeight="1">
+      <x:c r="A76" s="48" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B76" s="49"/>
+      <x:c r="C76" s="50" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D76" s="49"/>
+      <x:c r="E76" s="50" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F76" s="49"/>
+      <x:c r="G76" s="48" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H76" s="48"/>
+      <x:c r="I76" s="48"/>
+      <x:c r="J76" s="49"/>
+      <x:c r="K76" s="45"/>
+      <x:c r="L76" s="47"/>
+    </x:row>
+    <x:row r="77" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A77" s="33" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="B77" s="34"/>
+      <x:c r="C77" s="35" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D77" s="34"/>
+      <x:c r="E77" s="35"/>
+      <x:c r="F77" s="34"/>
+      <x:c r="G77" s="36">
+        <x:v>20000</x:v>
+      </x:c>
+      <x:c r="H77" s="37"/>
+      <x:c r="I77" s="37"/>
+      <x:c r="J77" s="38"/>
+      <x:c r="K77" s="1"/>
+      <x:c r="L77" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A78" s="33" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B78" s="34"/>
+      <x:c r="C78" s="35" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D78" s="34"/>
+      <x:c r="E78" s="35" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E66" s="30"/>
-[...62 lines deleted...]
-      <x:c r="D69" s="27" t="s">
+      <x:c r="F78" s="34"/>
+      <x:c r="G78" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H78" s="37"/>
+      <x:c r="I78" s="37"/>
+      <x:c r="J78" s="38"/>
+      <x:c r="K78" s="1"/>
+      <x:c r="L78" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A79" s="33"/>
+      <x:c r="B79" s="34"/>
+      <x:c r="C79" s="35" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D79" s="34"/>
+      <x:c r="E79" s="35"/>
+      <x:c r="F79" s="34"/>
+      <x:c r="G79" s="36">
+        <x:v>20000</x:v>
+      </x:c>
+      <x:c r="H79" s="37"/>
+      <x:c r="I79" s="37"/>
+      <x:c r="J79" s="38"/>
+      <x:c r="K79" s="1"/>
+      <x:c r="L79" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A80" s="33" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B80" s="34"/>
+      <x:c r="C80" s="35" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D80" s="34"/>
+      <x:c r="E80" s="35" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F80" s="34"/>
+      <x:c r="G80" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H80" s="37"/>
+      <x:c r="I80" s="37"/>
+      <x:c r="J80" s="38"/>
+      <x:c r="K80" s="1"/>
+      <x:c r="L80" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A81" s="33"/>
+      <x:c r="B81" s="34"/>
+      <x:c r="C81" s="35" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D81" s="34"/>
+      <x:c r="E81" s="35"/>
+      <x:c r="F81" s="34"/>
+      <x:c r="G81" s="36">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H81" s="37"/>
+      <x:c r="I81" s="37"/>
+      <x:c r="J81" s="38"/>
+      <x:c r="K81" s="11"/>
+      <x:c r="L81" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A82" s="33" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="B82" s="34"/>
+      <x:c r="C82" s="35" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D82" s="34"/>
+      <x:c r="E82" s="35" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F82" s="34"/>
+      <x:c r="G82" s="36">
+        <x:v>5000</x:v>
+      </x:c>
+      <x:c r="H82" s="37"/>
+      <x:c r="I82" s="37"/>
+      <x:c r="J82" s="38"/>
+      <x:c r="K82" s="1"/>
+      <x:c r="L82" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A83" s="33" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B83" s="34"/>
+      <x:c r="C83" s="35" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D83" s="34"/>
+      <x:c r="E83" s="35"/>
+      <x:c r="F83" s="34"/>
+      <x:c r="G83" s="36">
+        <x:v>3000</x:v>
+      </x:c>
+      <x:c r="H83" s="37"/>
+      <x:c r="I83" s="37"/>
+      <x:c r="J83" s="38"/>
+      <x:c r="K83" s="1"/>
+      <x:c r="L83" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A84" s="33"/>
+      <x:c r="B84" s="34"/>
+      <x:c r="C84" s="35" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D84" s="34"/>
+      <x:c r="E84" s="35" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="E69" s="30"/>
-[...1 lines deleted...]
-      <x:c r="G69" s="31">
+      <x:c r="F84" s="34"/>
+      <x:c r="G84" s="36">
+        <x:v>3000</x:v>
+      </x:c>
+      <x:c r="H84" s="37"/>
+      <x:c r="I84" s="37"/>
+      <x:c r="J84" s="38"/>
+      <x:c r="K84" s="1"/>
+      <x:c r="L84" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A85" s="33" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B85" s="34"/>
+      <x:c r="C85" s="35" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D85" s="34"/>
+      <x:c r="E85" s="35" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F85" s="34"/>
+      <x:c r="G85" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H85" s="37"/>
+      <x:c r="I85" s="37"/>
+      <x:c r="J85" s="38"/>
+      <x:c r="K85" s="1"/>
+      <x:c r="L85" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A86" s="33" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B86" s="34"/>
+      <x:c r="C86" s="35" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D86" s="34"/>
+      <x:c r="E86" s="35"/>
+      <x:c r="F86" s="34"/>
+      <x:c r="G86" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H86" s="37"/>
+      <x:c r="I86" s="37"/>
+      <x:c r="J86" s="38"/>
+      <x:c r="K86" s="1"/>
+      <x:c r="L86" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A87" s="33"/>
+      <x:c r="B87" s="34"/>
+      <x:c r="C87" s="35" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D87" s="34"/>
+      <x:c r="E87" s="35" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F87" s="34"/>
+      <x:c r="G87" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H87" s="37"/>
+      <x:c r="I87" s="37"/>
+      <x:c r="J87" s="38"/>
+      <x:c r="K87" s="1"/>
+      <x:c r="L87" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A88" s="33" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B88" s="34"/>
+      <x:c r="C88" s="35" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D88" s="34"/>
+      <x:c r="E88" s="35" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F88" s="34"/>
+      <x:c r="G88" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H88" s="37"/>
+      <x:c r="I88" s="37"/>
+      <x:c r="J88" s="38"/>
+      <x:c r="K88" s="1"/>
+      <x:c r="L88" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A89" s="33"/>
+      <x:c r="B89" s="34"/>
+      <x:c r="C89" s="35" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D89" s="34"/>
+      <x:c r="E89" s="35"/>
+      <x:c r="F89" s="34"/>
+      <x:c r="G89" s="36">
+        <x:v>30000</x:v>
+      </x:c>
+      <x:c r="H89" s="37"/>
+      <x:c r="I89" s="37"/>
+      <x:c r="J89" s="38"/>
+      <x:c r="K89" s="1"/>
+      <x:c r="L89" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A90" s="33" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B90" s="34"/>
+      <x:c r="C90" s="35" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D90" s="34"/>
+      <x:c r="E90" s="35" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F90" s="34"/>
+      <x:c r="G90" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H90" s="37"/>
+      <x:c r="I90" s="37"/>
+      <x:c r="J90" s="38"/>
+      <x:c r="K90" s="1"/>
+      <x:c r="L90" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A91" s="33" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B91" s="34"/>
+      <x:c r="C91" s="35" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D91" s="34"/>
+      <x:c r="E91" s="35"/>
+      <x:c r="F91" s="34"/>
+      <x:c r="G91" s="36">
         <x:v>100000</x:v>
       </x:c>
-      <x:c r="H69" s="31"/>
-[...16 lines deleted...]
-      <x:c r="E70" s="57">
+      <x:c r="H91" s="37"/>
+      <x:c r="I91" s="37"/>
+      <x:c r="J91" s="38"/>
+      <x:c r="K91" s="1"/>
+      <x:c r="L91" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A92" s="33" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B92" s="34"/>
+      <x:c r="C92" s="35" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D92" s="34"/>
+      <x:c r="E92" s="35" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F92" s="34"/>
+      <x:c r="G92" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H92" s="37"/>
+      <x:c r="I92" s="37"/>
+      <x:c r="J92" s="38"/>
+      <x:c r="K92" s="1"/>
+      <x:c r="L92" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A93" s="33" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B93" s="34"/>
+      <x:c r="C93" s="35" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D93" s="34"/>
+      <x:c r="E93" s="35"/>
+      <x:c r="F93" s="34"/>
+      <x:c r="G93" s="36">
+        <x:v>150000</x:v>
+      </x:c>
+      <x:c r="H93" s="37"/>
+      <x:c r="I93" s="37"/>
+      <x:c r="J93" s="38"/>
+      <x:c r="K93" s="19"/>
+      <x:c r="L93" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A94" s="33" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B94" s="34"/>
+      <x:c r="C94" s="35" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D94" s="34"/>
+      <x:c r="E94" s="35" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F94" s="34"/>
+      <x:c r="G94" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H94" s="37"/>
+      <x:c r="I94" s="37"/>
+      <x:c r="J94" s="38"/>
+      <x:c r="K94" s="1"/>
+      <x:c r="L94" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A95" s="33" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B95" s="34"/>
+      <x:c r="C95" s="35" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D95" s="34"/>
+      <x:c r="E95" s="35"/>
+      <x:c r="F95" s="34"/>
+      <x:c r="G95" s="36">
+        <x:v>20000</x:v>
+      </x:c>
+      <x:c r="H95" s="37"/>
+      <x:c r="I95" s="37"/>
+      <x:c r="J95" s="38"/>
+      <x:c r="K95" s="1"/>
+      <x:c r="L95" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A96" s="33" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B96" s="34"/>
+      <x:c r="C96" s="35" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D96" s="34"/>
+      <x:c r="E96" s="35"/>
+      <x:c r="F96" s="34"/>
+      <x:c r="G96" s="36">
         <x:v>100000</x:v>
       </x:c>
-      <x:c r="F70" s="58"/>
-[...54 lines deleted...]
-      <x:c r="A74" s="41" t="s">
+      <x:c r="H96" s="37"/>
+      <x:c r="I96" s="37"/>
+      <x:c r="J96" s="38"/>
+      <x:c r="K96" s="1"/>
+      <x:c r="L96" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A97" s="33" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B97" s="34"/>
+      <x:c r="C97" s="35" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D97" s="34"/>
+      <x:c r="E97" s="35" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F97" s="34"/>
+      <x:c r="G97" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H97" s="37"/>
+      <x:c r="I97" s="37"/>
+      <x:c r="J97" s="38"/>
+      <x:c r="K97" s="19"/>
+      <x:c r="L97" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A98" s="33" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B98" s="34"/>
+      <x:c r="C98" s="35" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D98" s="34"/>
+      <x:c r="E98" s="35"/>
+      <x:c r="F98" s="34"/>
+      <x:c r="G98" s="36">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="H98" s="37"/>
+      <x:c r="I98" s="37"/>
+      <x:c r="J98" s="38"/>
+      <x:c r="K98" s="1"/>
+      <x:c r="L98" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A99" s="33"/>
+      <x:c r="B99" s="34"/>
+      <x:c r="C99" s="35" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D99" s="34"/>
+      <x:c r="E99" s="35" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F99" s="34"/>
+      <x:c r="G99" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H99" s="37"/>
+      <x:c r="I99" s="37"/>
+      <x:c r="J99" s="38"/>
+      <x:c r="K99" s="1"/>
+      <x:c r="L99" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A100" s="33"/>
+      <x:c r="B100" s="34"/>
+      <x:c r="C100" s="35" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D100" s="34"/>
+      <x:c r="E100" s="35" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F100" s="34"/>
+      <x:c r="G100" s="36">
+        <x:v>2000</x:v>
+      </x:c>
+      <x:c r="H100" s="37"/>
+      <x:c r="I100" s="37"/>
+      <x:c r="J100" s="38"/>
+      <x:c r="K100" s="1"/>
+      <x:c r="L100" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A101" s="33" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B101" s="34"/>
+      <x:c r="C101" s="35" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D101" s="34"/>
+      <x:c r="E101" s="35" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F101" s="34"/>
+      <x:c r="G101" s="36">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="H101" s="37"/>
+      <x:c r="I101" s="37"/>
+      <x:c r="J101" s="38"/>
+      <x:c r="K101" s="19"/>
+      <x:c r="L101" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A102" s="33" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B102" s="34"/>
+      <x:c r="C102" s="35" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D102" s="34"/>
+      <x:c r="E102" s="35" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F102" s="34"/>
+      <x:c r="G102" s="36">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="B74" s="41"/>
-[...50 lines deleted...]
-      <x:c r="G76" s="57">
+      <x:c r="H102" s="37"/>
+      <x:c r="I102" s="37"/>
+      <x:c r="J102" s="38"/>
+      <x:c r="K102" s="1"/>
+      <x:c r="L102" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A103" s="33"/>
+      <x:c r="B103" s="34"/>
+      <x:c r="C103" s="35" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D103" s="34"/>
+      <x:c r="E103" s="35" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F103" s="34"/>
+      <x:c r="G103" s="36">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H103" s="37"/>
+      <x:c r="I103" s="37"/>
+      <x:c r="J103" s="38"/>
+      <x:c r="K103" s="19"/>
+      <x:c r="L103" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:12" ht="24.94999999999999928946" customHeight="1">
+      <x:c r="A104" s="33" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B104" s="34"/>
+      <x:c r="C104" s="35" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D104" s="34"/>
+      <x:c r="E104" s="35" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F104" s="34"/>
+      <x:c r="G104" s="36">
         <x:v>20000</x:v>
       </x:c>
-      <x:c r="H76" s="58"/>
-[...96 lines deleted...]
-      <x:c r="A81" s="54" t="s">
+      <x:c r="H104" s="37"/>
+      <x:c r="I104" s="37"/>
+      <x:c r="J104" s="38"/>
+      <x:c r="K104" s="1"/>
+      <x:c r="L104" s="6" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:12" ht="30.75" customHeight="1">
+      <x:c r="A105" s="20"/>
+      <x:c r="B105" s="20"/>
+      <x:c r="C105" s="18"/>
+      <x:c r="D105" s="20"/>
+      <x:c r="E105" s="20"/>
+      <x:c r="F105" s="20"/>
+      <x:c r="G105" s="20"/>
+      <x:c r="H105" s="20"/>
+      <x:c r="I105" s="20"/>
+      <x:c r="J105" s="20"/>
+      <x:c r="K105" s="20"/>
+      <x:c r="L105" s="20"/>
+    </x:row>
+    <x:row r="106" spans="1:12" ht="30.75" customHeight="1">
+      <x:c r="A106" s="39" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B106" s="39"/>
+      <x:c r="C106" s="39"/>
+      <x:c r="D106" s="39"/>
+      <x:c r="E106" s="39"/>
+      <x:c r="F106" s="39"/>
+      <x:c r="G106" s="39"/>
+      <x:c r="H106" s="39"/>
+      <x:c r="I106" s="39"/>
+      <x:c r="J106" s="39"/>
+      <x:c r="K106" s="39"/>
+      <x:c r="L106" s="39"/>
+    </x:row>
+    <x:row r="107" spans="1:12" ht="30.75" customHeight="1">
+      <x:c r="A107" s="40"/>
+      <x:c r="B107" s="40"/>
+      <x:c r="C107" s="40"/>
+      <x:c r="D107" s="40"/>
+      <x:c r="E107" s="40"/>
+      <x:c r="F107" s="40"/>
+      <x:c r="G107" s="40"/>
+      <x:c r="H107" s="40"/>
+      <x:c r="I107" s="40"/>
+      <x:c r="J107" s="40"/>
+      <x:c r="K107" s="40"/>
+      <x:c r="L107" s="40"/>
+    </x:row>
+    <x:row r="108" spans="1:12" ht="30.75" customHeight="1">
+      <x:c r="A108" s="41" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B108" s="41"/>
+      <x:c r="C108" s="41"/>
+      <x:c r="D108" s="42"/>
+      <x:c r="E108" s="43" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F108" s="41"/>
+      <x:c r="G108" s="41"/>
+      <x:c r="H108" s="41"/>
+      <x:c r="I108" s="41"/>
+      <x:c r="J108" s="42"/>
+      <x:c r="K108" s="44" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="L108" s="46" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="B81" s="55"/>
-[...603 lines deleted...]
-      <x:c r="L108" s="47"/>
     </x:row>
     <x:row r="109" spans="1:12" ht="30.75" customHeight="1">
-      <x:c r="A109" s="54" t="s">
-[...7 lines deleted...]
-      <x:c r="E109" s="57">
+      <x:c r="A109" s="48" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B109" s="49"/>
+      <x:c r="C109" s="50" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D109" s="49"/>
+      <x:c r="E109" s="51" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F109" s="52"/>
+      <x:c r="G109" s="52"/>
+      <x:c r="H109" s="52"/>
+      <x:c r="I109" s="52"/>
+      <x:c r="J109" s="53"/>
+      <x:c r="K109" s="45"/>
+      <x:c r="L109" s="47"/>
+    </x:row>
+    <x:row r="110" spans="1:12" ht="30.75" customHeight="1">
+      <x:c r="A110" s="33" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B110" s="34"/>
+      <x:c r="C110" s="35" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D110" s="34"/>
+      <x:c r="E110" s="36">
         <x:v>40000</x:v>
       </x:c>
-      <x:c r="F109" s="58"/>
-[...9 lines deleted...]
-    <x:row r="110" ht="30.75" customHeight="1"/>
+      <x:c r="F110" s="37"/>
+      <x:c r="G110" s="37"/>
+      <x:c r="H110" s="37"/>
+      <x:c r="I110" s="37"/>
+      <x:c r="J110" s="38"/>
+      <x:c r="K110" s="1"/>
+      <x:c r="L110" s="6" t="s">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
     <x:row r="111" ht="30.75" customHeight="1"/>
     <x:row r="112" ht="30.75" customHeight="1"/>
+    <x:row r="113" ht="30.75" customHeight="1"/>
   </x:sheetData>
   <x:mergeCells count="226">
     <x:mergeCell ref="A1:L3"/>
     <x:mergeCell ref="A4:L4"/>
     <x:mergeCell ref="A5:L6"/>
     <x:mergeCell ref="A7:A8"/>
     <x:mergeCell ref="B7:B8"/>
     <x:mergeCell ref="C7:D7"/>
     <x:mergeCell ref="E7:J7"/>
     <x:mergeCell ref="K7:K8"/>
     <x:mergeCell ref="L7:L8"/>
     <x:mergeCell ref="A32:L32"/>
     <x:mergeCell ref="A33:L34"/>
     <x:mergeCell ref="A35:B36"/>
     <x:mergeCell ref="C35:D35"/>
     <x:mergeCell ref="E35:J35"/>
     <x:mergeCell ref="K35:K36"/>
     <x:mergeCell ref="L35:L36"/>
     <x:mergeCell ref="G36:H36"/>
     <x:mergeCell ref="I36:J36"/>
     <x:mergeCell ref="A37:B37"/>
     <x:mergeCell ref="G37:H37"/>
     <x:mergeCell ref="I37:J37"/>
     <x:mergeCell ref="A38:B38"/>
     <x:mergeCell ref="G38:H38"/>
@@ -5304,63 +5237,59 @@
     <x:mergeCell ref="I56:J56"/>
     <x:mergeCell ref="A57:L57"/>
     <x:mergeCell ref="A58:L59"/>
     <x:mergeCell ref="A60:D60"/>
     <x:mergeCell ref="E60:J60"/>
     <x:mergeCell ref="K60:K61"/>
     <x:mergeCell ref="L60:L61"/>
     <x:mergeCell ref="A61:B61"/>
     <x:mergeCell ref="C61:D61"/>
     <x:mergeCell ref="E61:J61"/>
     <x:mergeCell ref="A62:B62"/>
     <x:mergeCell ref="C62:D62"/>
     <x:mergeCell ref="E62:J62"/>
     <x:mergeCell ref="A63:B63"/>
     <x:mergeCell ref="C63:D63"/>
     <x:mergeCell ref="E63:J63"/>
     <x:mergeCell ref="A64:B64"/>
     <x:mergeCell ref="C64:D64"/>
     <x:mergeCell ref="E64:J64"/>
     <x:mergeCell ref="A67:B67"/>
     <x:mergeCell ref="C67:D67"/>
     <x:mergeCell ref="E67:J67"/>
     <x:mergeCell ref="A68:B68"/>
     <x:mergeCell ref="C68:D68"/>
     <x:mergeCell ref="E68:J68"/>
-    <x:mergeCell ref="A70:B70"/>
-[...11 lines deleted...]
-    <x:mergeCell ref="G75:J75"/>
+    <x:mergeCell ref="A71:B71"/>
+    <x:mergeCell ref="C71:D71"/>
+    <x:mergeCell ref="E71:J71"/>
+    <x:mergeCell ref="A72:L72"/>
+    <x:mergeCell ref="A73:L74"/>
+    <x:mergeCell ref="A75:D75"/>
+    <x:mergeCell ref="E75:J75"/>
+    <x:mergeCell ref="K75:K76"/>
+    <x:mergeCell ref="L75:L76"/>
     <x:mergeCell ref="A76:B76"/>
     <x:mergeCell ref="C76:D76"/>
     <x:mergeCell ref="E76:F76"/>
     <x:mergeCell ref="G76:J76"/>
     <x:mergeCell ref="A77:B77"/>
     <x:mergeCell ref="C77:D77"/>
     <x:mergeCell ref="E77:F77"/>
     <x:mergeCell ref="G77:J77"/>
     <x:mergeCell ref="A78:B78"/>
     <x:mergeCell ref="C78:D78"/>
     <x:mergeCell ref="E78:F78"/>
     <x:mergeCell ref="G78:J78"/>
     <x:mergeCell ref="A79:B79"/>
     <x:mergeCell ref="C79:D79"/>
     <x:mergeCell ref="E79:F79"/>
     <x:mergeCell ref="G79:J79"/>
     <x:mergeCell ref="A80:B80"/>
     <x:mergeCell ref="C80:D80"/>
     <x:mergeCell ref="E80:F80"/>
     <x:mergeCell ref="G80:J80"/>
     <x:mergeCell ref="A81:B81"/>
     <x:mergeCell ref="C81:D81"/>
     <x:mergeCell ref="E81:F81"/>
     <x:mergeCell ref="G81:J81"/>
     <x:mergeCell ref="A82:B82"/>
@@ -5429,68 +5358,72 @@
     <x:mergeCell ref="G97:J97"/>
     <x:mergeCell ref="A98:B98"/>
     <x:mergeCell ref="C98:D98"/>
     <x:mergeCell ref="E98:F98"/>
     <x:mergeCell ref="G98:J98"/>
     <x:mergeCell ref="A99:B99"/>
     <x:mergeCell ref="C99:D99"/>
     <x:mergeCell ref="E99:F99"/>
     <x:mergeCell ref="G99:J99"/>
     <x:mergeCell ref="A100:B100"/>
     <x:mergeCell ref="C100:D100"/>
     <x:mergeCell ref="E100:F100"/>
     <x:mergeCell ref="G100:J100"/>
     <x:mergeCell ref="A101:B101"/>
     <x:mergeCell ref="C101:D101"/>
     <x:mergeCell ref="E101:F101"/>
     <x:mergeCell ref="G101:J101"/>
     <x:mergeCell ref="A102:B102"/>
     <x:mergeCell ref="C102:D102"/>
     <x:mergeCell ref="E102:F102"/>
     <x:mergeCell ref="G102:J102"/>
     <x:mergeCell ref="A103:B103"/>
     <x:mergeCell ref="C103:D103"/>
     <x:mergeCell ref="E103:F103"/>
     <x:mergeCell ref="G103:J103"/>
-    <x:mergeCell ref="A105:L106"/>
-[...5 lines deleted...]
-    <x:mergeCell ref="C108:D108"/>
+    <x:mergeCell ref="A104:B104"/>
+    <x:mergeCell ref="C104:D104"/>
+    <x:mergeCell ref="E104:F104"/>
+    <x:mergeCell ref="G104:J104"/>
+    <x:mergeCell ref="A106:L107"/>
+    <x:mergeCell ref="A108:D108"/>
     <x:mergeCell ref="E108:J108"/>
+    <x:mergeCell ref="K108:K109"/>
+    <x:mergeCell ref="L108:L109"/>
     <x:mergeCell ref="A109:B109"/>
     <x:mergeCell ref="C109:D109"/>
     <x:mergeCell ref="E109:J109"/>
+    <x:mergeCell ref="A110:B110"/>
+    <x:mergeCell ref="C110:D110"/>
+    <x:mergeCell ref="E110:J110"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="1" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="1"/>
-  <x:pageMargins left="0.39361110329627990723" right="0.39361110329627990723" top="0.39361110329627990723" bottom="0.39361110329627990723" header="0" footer="0"/>
+  <x:pageMargins left="0.39347222447395324707" right="0.39347222447395324707" top="0.39347222447395324707" bottom="0.39347222447395324707" header="0" footer="0"/>
   <x:pageSetup paperSize="9" scale="42" firstPageNumber="1" fitToWidth="1" fitToHeight="1" orientation="portrait" usePrinterDefaults="1" blackAndWhite="0" draft="0" useFirstPageNumber="0" horizontalDpi="4294967293" verticalDpi="144" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ep:Properties xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ep="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <ep:Application>Cell</ep:Application>
   <ep:TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>sheet 1</vt:lpstr>
     </vt:vector>
   </ep:TitlesOfParts>
-  <ep:TotalTime>0</ep:TotalTime>
+  <ep:TotalTime>1</ep:TotalTime>
   <ep:AppVersion>12.0300</ep:AppVersion>
 </ep:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>K-PLUS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version>1300.0100.01</cp:version>
 </cp:coreProperties>
 </file>